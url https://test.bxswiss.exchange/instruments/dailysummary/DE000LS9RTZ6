--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062450215901429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47107966cbf945a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce5cce159fb464b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8953647c733a41f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996dfbc513194609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce5cce159fb464b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84a1ee0477d4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8953647c733a41f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>111,001</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>111,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>