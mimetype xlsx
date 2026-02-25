--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47107966cbf945a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294dc03211194ce0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8953647c733a41f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886e7e5df62a4016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84a1ee0477d4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8953647c733a41f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227195d43bfd4366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886e7e5df62a4016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>110,551</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,372</x:t>
-[...458 lines deleted...]
-          <x:t>111,089</x:t>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>