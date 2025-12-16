--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf909abe207fd4eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e337a9cf1d42f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4269c7ce8649ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d1345bdb5e4450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52827968ff7141a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4269c7ce8649ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d47fd3175b4824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d1345bdb5e4450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>141,461</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>