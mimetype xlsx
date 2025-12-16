--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0937b544e4e74cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53b6aaa764184fa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f37dff4e8bd48e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30804319ed61439a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2124bed6a03a4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f37dff4e8bd48e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99e5bd252f949e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30804319ed61439a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking Value Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,746</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>