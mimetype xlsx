--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53b6aaa764184fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58187da3c2e4a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30804319ed61439a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ea1f4aac6d4809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99e5bd252f949e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30804319ed61439a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89108d43db6a4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ea1f4aac6d4809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking Value Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>