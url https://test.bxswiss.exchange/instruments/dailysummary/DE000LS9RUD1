--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R127a113e550d4f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42171f84f5f04c97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd577e62d10f4763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeaf36170d32450a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62dee2de199a41cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd577e62d10f4763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd865ede8cf92438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeaf36170d32450a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Renewable Energy </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,085</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>