--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42171f84f5f04c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188dd5d3f64b44c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeaf36170d32450a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9391e0d0e7b847c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd865ede8cf92438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeaf36170d32450a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc437d796614e4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9391e0d0e7b847c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Renewable Energy </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>69,720</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,004</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>70,779</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>