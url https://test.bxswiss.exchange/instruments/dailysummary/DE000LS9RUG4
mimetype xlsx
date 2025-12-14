--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f40017c95394779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778ac201ea58433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09e3129ba9d34af5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdaa4a0717094cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbbac40ab539475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09e3129ba9d34af5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a85a261da44638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdaa4a0717094cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt der  Energien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,557</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>