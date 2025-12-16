--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29890363912547f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26a691b16da54013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2b57fb2923444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R565ab9ff344648ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143ddf6145d54ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2b57fb2923444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09925986fd0e41ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R565ab9ff344648ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Swingtrolis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>74,464</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,603</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>74,783</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,617</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>74,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>