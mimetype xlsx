--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R926f715678c04367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b5979cca464941" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4e541accbb4e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f5927c560840c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78bf3cbeb9fb4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4e541accbb4e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra758110e9b494533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f5927c560840c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment on the Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,961</x:t>
-[...63 lines deleted...]
-          <x:t>126,985</x:t>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>