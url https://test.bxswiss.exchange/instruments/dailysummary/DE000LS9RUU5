--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b5979cca464941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050bdd25f6894d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f5927c560840c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376646ee5b9c4657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra758110e9b494533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f5927c560840c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f33f0c45e74bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376646ee5b9c4657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment on the Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>