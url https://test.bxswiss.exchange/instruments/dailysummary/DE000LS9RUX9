--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288ade3645904b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f01b50592be4f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0984092ccc347f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c72743553084165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55bc53bea5e4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0984092ccc347f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f127b3c1e94d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c72743553084165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Concept</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>105,175</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,662</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>107,522</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>