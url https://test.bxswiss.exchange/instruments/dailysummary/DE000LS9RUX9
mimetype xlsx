--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f01b50592be4f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81fb4a3d65f24e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c72743553084165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R474b5108ba4a42af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f127b3c1e94d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c72743553084165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a0571bd587b4ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R474b5108ba4a42af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Concept</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>