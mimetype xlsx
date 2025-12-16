--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd57fa2cb2a64bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c177a7a97f34c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4de55e6ebd48c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e2e66e9b0674b11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988cfdc5840043fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4de55e6ebd48c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8e3534727144830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e2e66e9b0674b11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahlstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,079</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>