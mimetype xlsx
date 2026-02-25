--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c177a7a97f34c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc860c32c731c47e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e2e66e9b0674b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a43376730540ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8e3534727144830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e2e66e9b0674b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1d135227954515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a43376730540ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahlstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>