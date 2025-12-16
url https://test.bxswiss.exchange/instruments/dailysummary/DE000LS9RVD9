--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a5e594a73a4988" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d73738279d441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f2d54b05204289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a2feed823c486e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c456efb82c4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f2d54b05204289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57d095a13254f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a2feed823c486e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIP System </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>130,392</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>