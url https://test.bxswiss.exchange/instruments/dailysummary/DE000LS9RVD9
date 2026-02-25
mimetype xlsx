--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d73738279d441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0571d6993d404c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a2feed823c486e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4da736088f4b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57d095a13254f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a2feed823c486e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0344fa3d52324198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4da736088f4b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIP System </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>122,474</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,290</x:t>
-[...328 lines deleted...]
-          <x:t>123,279</x:t>
+          <x:t>123,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>