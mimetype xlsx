--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67692f26fa58486c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca19c7ccfac4eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305264328078466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d25869e8b1463f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05624e6e7b8b417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305264328078466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77649b422834460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d25869e8b1463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scientific Factor Model World </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>122,512</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,265</x:t>
-[...139 lines deleted...]
-          <x:t>125,903</x:t>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>