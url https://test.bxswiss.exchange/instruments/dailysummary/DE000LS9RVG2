--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca19c7ccfac4eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4eba57d0e7f4b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8d25869e8b1463f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fd54765e75a41ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77649b422834460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8d25869e8b1463f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac2a9e08f16498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fd54765e75a41ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scientific Factor Model World </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...446 lines deleted...]
-          <x:t>126,706</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,969</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>127,025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>