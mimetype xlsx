--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8078bc1a604377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d577aff3b5b49d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78f7e0e1ec704fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa28c10422f348fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf58a5dbd2514126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78f7e0e1ec704fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3529a53f87734637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa28c10422f348fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Wirtschaftsbruecke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,784</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>