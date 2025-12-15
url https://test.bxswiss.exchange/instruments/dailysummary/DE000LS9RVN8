--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f406934d794801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f6f17177d44c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e3d8327a4724f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d69c9653a64933"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf84966175e94a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e3d8327a4724f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917fa26f6e7e41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d69c9653a64933" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>underrated Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>82,545</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>