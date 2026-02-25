--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f6f17177d44c11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d17c2682f24eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d69c9653a64933"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2636fc7c6784e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917fa26f6e7e41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d69c9653a64933" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5aaf0c9254e407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2636fc7c6784e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>underrated Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>87,529</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,907</x:t>
-[...566 lines deleted...]
-          <x:t>85,853</x:t>
+          <x:t>87,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>