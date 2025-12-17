--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d4640969d44327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra988d3ceccec461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f57735a1904665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61b2cd74c3941f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb0b172546f49cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f57735a1904665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b7c692c0f84dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61b2cd74c3941f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>170,553</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>