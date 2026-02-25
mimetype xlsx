--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra988d3ceccec461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e2450a067748a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61b2cd74c3941f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde02eaa38fa847f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b7c692c0f84dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61b2cd74c3941f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9244f3c2d20145d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde02eaa38fa847f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,437</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>