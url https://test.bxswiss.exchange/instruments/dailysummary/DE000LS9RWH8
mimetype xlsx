--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83207146865d4e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba7a5a144f0d42e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad809b01ec0446ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f39e3693ba4e97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362285afa5324bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad809b01ec0446ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f33f0245f4e4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f39e3693ba4e97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Nasdaq 100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,020</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>