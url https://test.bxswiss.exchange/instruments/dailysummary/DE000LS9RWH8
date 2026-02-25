--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba7a5a144f0d42e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7d13b6a98a64719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f39e3693ba4e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1599cc15dc345fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f33f0245f4e4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f39e3693ba4e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb929faf716454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1599cc15dc345fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Nasdaq 100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>