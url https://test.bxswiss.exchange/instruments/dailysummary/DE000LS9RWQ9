--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R605416c589b64ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc894f80c258241b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911f87619d6347dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05e9520c3524a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e311455e134893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911f87619d6347dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f4b486ed149435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05e9520c3524a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoWorking and Cloud Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>189,469</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,861</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>208,707</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>