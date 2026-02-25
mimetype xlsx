--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc894f80c258241b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdcb454eff024175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05e9520c3524a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra482de792f0c4d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f4b486ed149435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05e9520c3524a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6142f31d5f4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra482de792f0c4d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoWorking and Cloud Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>