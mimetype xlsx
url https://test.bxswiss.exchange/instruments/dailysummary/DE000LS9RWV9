--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfec9939cbcd8461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9467d1df94d44b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68c37386352a48bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d738d1b739c451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf35a02a491341b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68c37386352a48bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6dcf0c52144bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d738d1b739c451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Superstock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,536</x:t>
-[...264 lines deleted...]
-          <x:t>105,996</x:t>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,887</x:t>
-[...200 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,873</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>106,143</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>