--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9467d1df94d44b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf322557262de4125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d738d1b739c451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a00c21509f84abf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6dcf0c52144bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d738d1b739c451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70a8cee3d48345a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a00c21509f84abf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Superstock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>105,237</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,246</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>105,812</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>