--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recbeda52a60e44b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc464e2bc230d4200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re105d632f87e4eeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595afaf8571f4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07eaba26773c4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re105d632f87e4eeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808d5a5c5603406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595afaf8571f4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotics and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,148</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>