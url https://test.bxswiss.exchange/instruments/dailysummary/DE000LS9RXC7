--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc464e2bc230d4200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6edbe77edb74e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595afaf8571f4e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3c8772cfc24fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808d5a5c5603406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595afaf8571f4e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c9117b03b77481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3c8772cfc24fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotics and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>