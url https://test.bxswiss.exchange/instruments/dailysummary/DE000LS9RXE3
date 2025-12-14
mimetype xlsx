--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cacb6bffc1b4c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e66ab2d4b94052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f86f1d30094b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c68fe706de74fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e005725ce741fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f86f1d30094b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfae69e6dad984cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c68fe706de74fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scandinavian Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,860</x:t>
-[...193 lines deleted...]
-          <x:t>81,359</x:t>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>81,268</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,693</x:t>
-[...198 lines deleted...]
-          <x:t>80,471</x:t>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>