--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e66ab2d4b94052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77fd14de50054ce4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c68fe706de74fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b275765204d488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfae69e6dad984cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c68fe706de74fe9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R605cda6860e24a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b275765204d488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scandinavian Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,980</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>