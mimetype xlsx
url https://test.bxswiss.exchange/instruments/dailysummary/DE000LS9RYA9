--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3026884e344dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a101a7a0a3a453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R066ed0b3f6244625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3704875f7a1a4cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95f8a51c84648b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R066ed0b3f6244625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b3462c39ec46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3704875f7a1a4cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalESGConstrained</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>89,811</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>