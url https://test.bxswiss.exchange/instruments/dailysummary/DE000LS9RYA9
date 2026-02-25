--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a101a7a0a3a453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c20ab4f0af44881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3704875f7a1a4cb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903a01379fc64294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b3462c39ec46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3704875f7a1a4cb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cbde81acc0049d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903a01379fc64294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalESGConstrained</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>