--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a85df8f95ce4090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e975f5159b4050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36785387511e447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44273ca7df7f4dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59ef8a8b3804806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36785387511e447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264c765f7e5d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44273ca7df7f4dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Aggressive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>70,161</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>