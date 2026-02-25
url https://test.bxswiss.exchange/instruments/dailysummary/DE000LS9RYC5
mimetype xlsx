--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e975f5159b4050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c01b43c1b6b4d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44273ca7df7f4dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761402d1d6c444aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264c765f7e5d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44273ca7df7f4dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab408bf028e4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761402d1d6c444aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Aggressive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>