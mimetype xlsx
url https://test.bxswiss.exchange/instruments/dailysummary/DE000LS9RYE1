--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df363a8f0c840b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13950a9676d4705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbbc45e4301448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R574198b13fa44119"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e24adf937f1488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbbc45e4301448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf21be59be040cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R574198b13fa44119" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BioandScience</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...573 lines deleted...]
-          <x:t>15,483</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>