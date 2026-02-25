--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13950a9676d4705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf39f74b552ab4e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R574198b13fa44119"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85dc034b22be4704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf21be59be040cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R574198b13fa44119" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059d5146e47a4f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85dc034b22be4704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BioandScience</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>12,954</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,951</x:t>
-[...355 lines deleted...]
-          <x:t>12,345</x:t>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>