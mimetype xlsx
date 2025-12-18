--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f44116fce04ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3810442915f74713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7ae94edb1084711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0647f5d9a20f4a26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24efea05bd6d4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7ae94edb1084711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb992fdff08994965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0647f5d9a20f4a26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot Stock und Biotech Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,056</x:t>
-[...576 lines deleted...]
-          <x:t>43,199</x:t>
+          <x:t>41,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>