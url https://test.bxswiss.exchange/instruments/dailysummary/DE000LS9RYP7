--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3810442915f74713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8922279432e4735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0647f5d9a20f4a26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9fb125b003425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb992fdff08994965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0647f5d9a20f4a26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a119eb17ca4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9fb125b003425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot Stock und Biotech Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,994</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>