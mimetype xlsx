--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba9595ed56d146b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1eda4d25eb46b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R494426f15b7b4a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf950cc78761c4057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdcbbf0cced4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R494426f15b7b4a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R023cb0eda7bb4443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf950cc78761c4057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SM Future Orbit </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,825</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>