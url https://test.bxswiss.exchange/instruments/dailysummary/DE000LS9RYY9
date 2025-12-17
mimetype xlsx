--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c98e96154b4fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbfa9c11604438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ecad49e5f764a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53ab53dcdd494702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e37891422714260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ecad49e5f764a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb90902256938428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53ab53dcdd494702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>96,542</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,964</x:t>
-[...85 lines deleted...]
-          <x:t>102,221</x:t>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>