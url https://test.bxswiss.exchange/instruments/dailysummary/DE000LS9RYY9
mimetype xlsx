--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbfa9c11604438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d14e04574c4ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53ab53dcdd494702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b70237305e04dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb90902256938428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53ab53dcdd494702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra166c731316e45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b70237305e04dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RYY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>