--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bf9204f5e044cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf716788434fb4e9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1a435954064f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952061cc04574924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7172c2e742804f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1a435954064f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdde4c64db1ad4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952061cc04574924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovativ Tec-Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,892</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>