--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfa06e62d0846ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af022d5efc24ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1ce35b1a6d437a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a91c1583cb4fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda19bf2ac2dd4bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1ce35b1a6d437a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f39a9986e84f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a91c1583cb4fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,524</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>