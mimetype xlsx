--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af022d5efc24ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7e909fbfdf4241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a91c1583cb4fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5463e23c59234931"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f39a9986e84f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a91c1583cb4fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R575256227a284c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5463e23c59234931" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MONEY GRISLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>