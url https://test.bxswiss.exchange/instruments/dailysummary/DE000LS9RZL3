--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b10db8d8ee04fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0467e546dee24303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R745c289a598d435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47339d02211a4dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836ced9e33ff4adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R745c289a598d435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5699eb03c34c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47339d02211a4dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV CyberSecurity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,057</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>