--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0467e546dee24303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efcee7a6bc740e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47339d02211a4dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447da7a986e54358"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5699eb03c34c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47339d02211a4dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec9e25b9dd7b4053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447da7a986e54358" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV CyberSecurity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>118,874</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,526</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>116,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>