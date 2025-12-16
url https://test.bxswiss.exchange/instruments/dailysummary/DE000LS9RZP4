--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63713bced65b4ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R228603f864534f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8372c63ed5b74b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf278255d983b4175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7f7856c6b7941a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8372c63ed5b74b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06273c04cf2a47ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf278255d983b4175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>160,405</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>