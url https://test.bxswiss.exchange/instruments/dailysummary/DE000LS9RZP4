--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R228603f864534f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7406c87bbca946f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf278255d983b4175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8f3591733d46e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06273c04cf2a47ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf278255d983b4175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841daa633fb346e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8f3591733d46e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsaktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>155,432</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,484</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>