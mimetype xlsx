--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9257311e734be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c12535b8464b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a1ed33bf4614e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99367b2a8c4448b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e17419665514f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a1ed33bf4614e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937433464eb94136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99367b2a8c4448b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Diversified</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,724</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>