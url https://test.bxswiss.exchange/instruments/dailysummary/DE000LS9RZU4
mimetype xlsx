--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c12535b8464b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2189f5f2d534d52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99367b2a8c4448b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b156c09a0847e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937433464eb94136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99367b2a8c4448b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76d74425fc9e46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b156c09a0847e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Trend Diversified</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RZU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>