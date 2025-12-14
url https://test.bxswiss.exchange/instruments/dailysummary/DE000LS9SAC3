--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89f9f08e98c488d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331f8dd8cb6f4e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53cef64ce56b4b50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfec8f333ef24514"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37e04679526140a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53cef64ce56b4b50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8379551d144fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfec8f333ef24514" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,643</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>