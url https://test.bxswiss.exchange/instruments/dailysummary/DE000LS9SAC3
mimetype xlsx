--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331f8dd8cb6f4e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb016323a9eb43c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfec8f333ef24514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291c2b84e68e41dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8379551d144fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfec8f333ef24514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9608b5ecf24d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291c2b84e68e41dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,354</x:t>
-[...387 lines deleted...]
-          <x:t>77,160</x:t>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>