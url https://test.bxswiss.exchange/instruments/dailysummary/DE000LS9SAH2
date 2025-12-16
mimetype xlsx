--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9ac7e8210a491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a09d772f43c4a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd845d3df194444ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf9d58ef66d4d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac939c721534bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd845d3df194444ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34064ea25e0b4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf9d58ef66d4d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top  40 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,903</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>