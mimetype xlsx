--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a09d772f43c4a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5e62b2b05f4445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf9d58ef66d4d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R155a3cb5ba5c444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34064ea25e0b4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf9d58ef66d4d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7611b38265ba487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R155a3cb5ba5c444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top  40 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>137,665</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,533</x:t>
-[...114 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,649</x:t>
-[...198 lines deleted...]
-          <x:t>137,302</x:t>
+          <x:t>137,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>