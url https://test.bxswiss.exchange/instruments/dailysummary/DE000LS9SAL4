--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb6c0368d9b4981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3335a058ee5a4874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913c2565e986429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad87c1174fa4c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bf1e8cd77c748e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913c2565e986429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5553524562f4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad87c1174fa4c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsideen und Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,619</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>