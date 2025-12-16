--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0be2f66a2e4c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a2488e72c04259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb40f6d2af214ca4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444323aa21b248e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4ec19af6a349e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb40f6d2af214ca4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ffb2dc5155d43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444323aa21b248e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>82,567</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>