--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R744d55c7c8a84582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f9f82ce1cf5439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70696863558e4d63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab3347ddf48441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffd80615405a4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70696863558e4d63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93eca47a8d8a47f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab3347ddf48441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowtheMarket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,009</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>