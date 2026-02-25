--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f9f82ce1cf5439a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ce6e8b26904a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab3347ddf48441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e187fc272634ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93eca47a8d8a47f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab3347ddf48441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd820144675f34af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e187fc272634ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowtheMarket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>