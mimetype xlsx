--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f4680632254b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d1808854804bcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f772f7a3cee4f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R384d6a03fc48408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcce379fd8106490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f772f7a3cee4f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eaf8c4f821c4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R384d6a03fc48408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Multibagger </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>67,256</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>