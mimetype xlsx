--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d1808854804bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad6bb5711554b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R384d6a03fc48408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e066f1311d4a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eaf8c4f821c4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R384d6a03fc48408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e2c278b3394557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e066f1311d4a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Multibagger </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>63,202</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,863</x:t>
-[...242 lines deleted...]
-          <x:t>62,666</x:t>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>