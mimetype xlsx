--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e00afb77b64630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6363a6688809491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02017b6662244ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1c2f5fcadc4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20584289c3d40f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02017b6662244ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f28e72188f442ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1c2f5fcadc4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Gewinne Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,254</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>