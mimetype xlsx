--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6363a6688809491a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee450132dfa48b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1c2f5fcadc4917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3010284af74229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f28e72188f442ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1c2f5fcadc4917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf944e52662b4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3010284af74229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum Gewinne Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SAX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>