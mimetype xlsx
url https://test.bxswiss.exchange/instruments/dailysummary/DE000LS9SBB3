--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76dcc57a59834417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487f4bff1fe64a5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba14b92685c4f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra020fc0106de48d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e2f0e7749b4797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba14b92685c4f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc749c9036e4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra020fc0106de48d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iPlanetH2 - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>11,698</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,516</x:t>
-[...301 lines deleted...]
-          <x:t>13,279</x:t>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>