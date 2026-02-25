--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487f4bff1fe64a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05cd9744b6a4a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra020fc0106de48d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84aa634c448e4311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc749c9036e4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra020fc0106de48d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94232f84665d496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84aa634c448e4311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iPlanetH2 - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...485 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,683</x:t>
-[...90 lines deleted...]
-          <x:t>11,489</x:t>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>