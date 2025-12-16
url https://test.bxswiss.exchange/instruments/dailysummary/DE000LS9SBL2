--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4bbbe8dc0d44cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14232a590564a75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72c5cbbba6674e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c3615fb23b47d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1283801a462c4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72c5cbbba6674e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44429b0fc11040c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c3615fb23b47d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks with future technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>154,249</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>