--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14232a590564a75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c7f5e6ff3c4eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c3615fb23b47d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6409a75daed4fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44429b0fc11040c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c3615fb23b47d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3817811a786246d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6409a75daed4fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks with future technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>139,241</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>142,993</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>