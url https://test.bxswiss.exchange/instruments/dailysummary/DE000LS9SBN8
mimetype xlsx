--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78214d6f15a14a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497dd4f8267d4878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc9b6fd695240d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e582356d8e6404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f9bb9aab364cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc9b6fd695240d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbe0f4a155f4774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e582356d8e6404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Quality moated Businesses </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>117,585</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,826</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>117,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>118,173</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>