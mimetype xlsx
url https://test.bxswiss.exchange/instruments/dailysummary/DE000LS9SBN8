--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497dd4f8267d4878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670977cf1b8f441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e582356d8e6404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9004fdc5efd4e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbe0f4a155f4774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e582356d8e6404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb5682c8b08d42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9004fdc5efd4e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Quality moated Businesses </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SBN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>117,649</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,642</x:t>
-[...53 lines deleted...]
-          <x:t>117,704</x:t>
+          <x:t>118,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>118,102</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>