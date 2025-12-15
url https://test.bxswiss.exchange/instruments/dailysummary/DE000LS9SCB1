--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1006b76bbf4c4649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f9c74cf88694a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbbaf36ecf049ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97422bab80b847ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176ba07515af4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbbaf36ecf049ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1413dbaef3478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97422bab80b847ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>221,491</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>