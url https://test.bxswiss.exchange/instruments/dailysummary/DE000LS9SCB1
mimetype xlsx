--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f9c74cf88694a94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5438c94579d44259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97422bab80b847ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R851a07d565104ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1413dbaef3478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97422bab80b847ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c92e52b9fe45ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R851a07d565104ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>220,499</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>