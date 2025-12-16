--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R527d52d1a9144a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20294a07d61a4ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76cb8e300cf845bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6292294572b34182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafdde6dbe5074821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76cb8e300cf845bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafdf50166e244e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6292294572b34182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,410</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>