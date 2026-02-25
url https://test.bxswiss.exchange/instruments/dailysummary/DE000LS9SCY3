--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20294a07d61a4ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39fa5e24c13c4c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6292294572b34182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a5748ae1e78453f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafdf50166e244e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6292294572b34182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8ac780b9499499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a5748ae1e78453f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SCY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>77,287</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,125</x:t>
-[...436 lines deleted...]
-          <x:t>77,112</x:t>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>