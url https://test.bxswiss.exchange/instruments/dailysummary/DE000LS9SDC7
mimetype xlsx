--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50afa4d5e934bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2a53e167a054145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb59f8537a2ae4046"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2006979a7b9c4ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffa4d1b4fa4d4f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb59f8537a2ae4046" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88bd3bdf70d41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2006979a7b9c4ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Chemistry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>102,605</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>