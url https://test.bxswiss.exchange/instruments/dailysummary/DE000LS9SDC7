--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2a53e167a054145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f1ac381fa541f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2006979a7b9c4ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98259ba2abf4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88bd3bdf70d41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2006979a7b9c4ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6060b01790c4352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98259ba2abf4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Chemistry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,810</x:t>
-[...144 lines deleted...]
-          <x:t>104,207</x:t>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>