--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34968dbc9f1b4957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd07335c6a5b45a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b4a5ccffda4961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf40b87e75c284ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3890fc117d1247a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b4a5ccffda4961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8935e120cf044acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf40b87e75c284ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 5 Performer SMTD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>51,012</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>