--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd07335c6a5b45a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd889b9a144d42f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf40b87e75c284ace"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a012ff188114488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8935e120cf044acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf40b87e75c284ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f5ea6fdef74205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a012ff188114488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 5 Performer SMTD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>52,521</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>52,924</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>