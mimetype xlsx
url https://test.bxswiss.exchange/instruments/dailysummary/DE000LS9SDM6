--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37cf68cac9294fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850f5148717b4bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ede938fe4f46f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6090c72a022a497f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562344879af0403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ede938fe4f46f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1fc7d2fbd534127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6090c72a022a497f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Strategie 44</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>56,292</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,163</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>55,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,074</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>56,242</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>