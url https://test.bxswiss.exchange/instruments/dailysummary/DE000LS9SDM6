--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850f5148717b4bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfad77db16a4410" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6090c72a022a497f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R834e834e6a6b4d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1fc7d2fbd534127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6090c72a022a497f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c152e44fa4147c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R834e834e6a6b4d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Strategie 44</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>56,712</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,695</x:t>
-[...48 lines deleted...]
-          <x:t>57,146</x:t>
+          <x:t>57,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,976</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>57,353</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>