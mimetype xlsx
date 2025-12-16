--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67015a09d12e424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252caf6f8c9047e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ede86ab0004137"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3377141adda24860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6843e2af412d4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ede86ab0004137" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05e5b17140804cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3377141adda24860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>370,767</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,954</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>369,853</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>