--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252caf6f8c9047e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3c6d827a874735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3377141adda24860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53b373edc44e414d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05e5b17140804cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3377141adda24860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Receedd3f506b43e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53b373edc44e414d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Zukunftswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>