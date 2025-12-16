--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ebfabba2a7427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b9491223ae45ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d3217b96b245c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf54ac5ac189047ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00447c12a6194516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d3217b96b245c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4578c7be29f4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf54ac5ac189047ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>293,654</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>