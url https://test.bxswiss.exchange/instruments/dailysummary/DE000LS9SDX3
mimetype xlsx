--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b9491223ae45ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727ca45162a9455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf54ac5ac189047ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11bb1074358472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4578c7be29f4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf54ac5ac189047ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5915dfe996eb4960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11bb1074358472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SDX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>