--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd2b160fa104546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ace43ac47b4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R450652811efc4ad9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6920dab250954878"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520523d5b6b54763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R450652811efc4ad9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43eda1ccc984fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6920dab250954878" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Von Nebenwerte bis zum Hot Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,295</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>