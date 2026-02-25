--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ace43ac47b4f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86a67277d7040aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6920dab250954878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b3bf4606904627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43eda1ccc984fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6920dab250954878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re930a08d66a64a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b3bf4606904627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Von Nebenwerte bis zum Hot Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>90,627</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,513</x:t>
-[...544 lines deleted...]
-          <x:t>89,625</x:t>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>