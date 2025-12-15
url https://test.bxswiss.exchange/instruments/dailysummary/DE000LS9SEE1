--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R627bfd0bebb740b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61085525e42642a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1d9af6e52b405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae154ac82f84f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928d560f2f3c4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1d9af6e52b405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd49d0c15fd4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae154ac82f84f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kaiser Fool Stock Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>160,559</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>