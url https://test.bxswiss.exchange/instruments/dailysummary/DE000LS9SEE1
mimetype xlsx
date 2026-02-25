--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61085525e42642a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6daaebc1af044da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae154ac82f84f91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8533d92999e24651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd49d0c15fd4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae154ac82f84f91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R663f3647dcc84bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8533d92999e24651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kaiser Fool Stock Premium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>159,659</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>