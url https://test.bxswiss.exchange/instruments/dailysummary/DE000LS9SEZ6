--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a17be5c850b4d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R783b6959bdd8415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25cef1d359d941d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd935bc8f724293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf21eb196b2ec416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25cef1d359d941d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd657582346435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd935bc8f724293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MORIAInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>76,480</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>