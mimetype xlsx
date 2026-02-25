--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R783b6959bdd8415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfde69d6b7c84026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd935bc8f724293"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f5fae84c1694093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd657582346435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd935bc8f724293" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b9fdf61e4a4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f5fae84c1694093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MORIAInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>75,050</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,024</x:t>
-[...26 lines deleted...]
-          <x:t>75,074</x:t>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>